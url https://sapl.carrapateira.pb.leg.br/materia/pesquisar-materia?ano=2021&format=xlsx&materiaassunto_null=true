--- v0 (2025-12-06)
+++ v1 (2026-03-07)
@@ -51,243 +51,243 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>LEI</t>
   </si>
   <si>
     <t>Marineidia da Silva Pereira</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração_x000D_
 da Lei Orçamentária (LDO) do Município de_x000D_
 Carrapateira, para o exercício de 2022 e dá_x000D_
 outras providências.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>PROJETO DE LEI COMPLEMENTAR</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/44/minuta_lg_mpe_municipal_2021.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/44/minuta_lg_mpe_municipal_2021.pdf</t>
   </si>
   <si>
     <t>Súmula: Institui o Estatuto Municipal da Micro e Pequena Empresa e o tratamento diferenciado e favorecido a ser dispensado às microempresas e às_x000D_
 empresas de pequeno porte no Município de Carrapateira, Paraíba, previsto no art. 179 da Constituição Federal e art. 178, parágrafo único, “m”, e art. 183 da Constituição Estadual, de conformidade com as normas gerais previstas no Estatuto Nacional da Microempresa e da Empresa de Pequeno Porte instituído pela Lei Complementar nº 123, de 14 de dezembro de 2006, e suas atualizações, bem como consolida disposições relativas à matéria.</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO LEGISLATIVO</t>
   </si>
   <si>
     <t>KLEYLSON GALDINO BEZERRA</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_001_kleylson_galdino.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_001_kleylson_galdino.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE ADESIVAÇÃO DOS VEÍCULOS OFICIAIS OU A SERVIÇO DA PREFEITURA E DA CÂMARA MUNICIPAL DE CARRAPATEIRA - PB E DÁ OUTRAS PREVIDÊNCIAS</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>JOSÉ MENDES DE ARAÚJO</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_legislativo_002.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_legislativo_002.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE UTILIZAÇÃO DE MÁQUINAS EQUIPAMENTOS, E IMPLEMENTOS PARA FINS DE PRODUÇÃO AGROPECUÁRIA NO MUNICÍPIO E PREVENDO A INSTITUIÇÃO DE TARIFA E DÁ OUTRAS PREVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>VALCIANO BERNARDO LINS</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_003_legislativo.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_003_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A FLEXIBILIZAÇÃO DO HORÁRIO DE TRABALHO DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE CARRAPATEIRA/PB QUE SÃO (OU ESTÃO) COMO RESPONSÁVEIS LEGAIS DE PESSOAS PORTADORES DE DEFICIÊNCIA FÍSICAS, SENSORIAIS OU MENTAIS, QUE REQUEIRAM ATENÇÃO PERMANENTE OU TRATAMENTO EDUCACIONAL, FISIOTERÁPICOS OU TERAPÊUTICOS AMBULATORIAIS EM ISNTITUIÇÕES ESPECIALIZADAS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_004_legislativo.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_004_legislativo.pdf</t>
   </si>
   <si>
     <t>PROPÕE A INCLUSÃO DA DISCIPLINA DE EMPREENDEDORISMO NA GRADE CURRICULAR DA EDUCAÇÃO BÁSICA NAS ESCOLAS DA REDE PÚBLICA MUNICIPAL DE ENSINO, E DÁ OUTRAS PROVIDÊNCIAS;</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA DO EXECUTIVO</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_n_002.2021_altera_loa.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_n_002.2021_altera_loa.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, enviar a esta Casa Legislativa para a devida apreciação o_x000D_
 Projeto de Lei n°002/2021 que trata da Alteração da Lei Orçamentária Anual para o exercício_x000D_
 de 2021.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_n_003.2021_02_pre_sal.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_n_003.2021_02_pre_sal.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, enviar a esta Casa Legislativa para a devida apreciação o_x000D_
 Projeto de Lei n°003/2021 que dispõe sobre Autorização para abertura de credito especial_x000D_
 para o orçamento vigente da Prefeitura Municipal de Carrapateira/PB e dá outras_x000D_
 providencias</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_004.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_004.pdf</t>
   </si>
   <si>
     <t>Venho por meio deste, enviar a esta Casa Legislativa para a devida apreciação o Projeto de Lei n°004/2021 que ''Ratifica protocolo de intenções firmado entre Municípios Brasileiros, com finalidades de adquirir vacinas para combate à pandemia do coronavírus; medicamentos,  insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_005.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_005.pdf</t>
   </si>
   <si>
     <t>Súmula: Denomina a Base do Serviço de Atendimento Móvel de Urgência de Carrapateria - SAMU-192, Francisco Pergentino Pedrosa</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_006_novo_fundeb.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_006_novo_fundeb.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de_x000D_
 Acompanhamento e Controle Social do Fundo de_x000D_
 Manutenção e Desenvolvimento da Educação Básica e de_x000D_
 Valorização dos Profissionais da Educação - CACS-FUNDEB,_x000D_
 em conformidade com o artigo 212-A da Constituição Federal,_x000D_
 regulamentado na forma da Lei Federal nº 14.113, de 25 de_x000D_
 dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_n_002.2021_altera_loa_4.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_n_002.2021_altera_loa_4.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 0321, de 17 de dezembro de 2020 - Lei Orçamentária Anual 2021 do Município de Carrapateira - PB.</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_n_008.2021_const._cras.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_n_008.2021_const._cras.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para a abertura de Credito Especial no valor de R$ 450.000,00 (quatrocentos e cinquenta mil reais) no orçamento vigente.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_009.21_execultivo.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_009.21_execultivo.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE A ABERTURA DE CREDITO ESPECIAL NO VALOR DE R$ 40.912,00 (QUARENTA MIL E NOVECENTOS DOZE REAIS), VALOR DISPONIBILIZADO PELA LEI 14.017/2020 (LEI ALDIR BLANC) PARA AUXÍLIO EMERGENCIAL DA CULTURA EM VIRTUDE DA PANDEMIA; COVID-19 NO ORÇAMENTO VIGENTE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_010_executivo.pdf</t>
+    <t>http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_010_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DO CONSELHO MUNICIPAL DE DESENVOLVIMENTO RURAL SUSTETÁVEL - CMDRS DE CARRAPATEIRA/PB, A CRIAÇÃO DE FUNDO COM DOTAÇÕES PARA ESTE FIM, REVOGA OS DISPOSITIVOS LEGAIS CONTRADITÓRIOS ANTERIORES (LISTAR LEI ANTERIOR) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -594,68 +594,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/44/minuta_lg_mpe_municipal_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_001_kleylson_galdino.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_legislativo_002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_003_legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_004_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_n_002.2021_altera_loa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_n_003.2021_02_pre_sal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_006_novo_fundeb.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_n_002.2021_altera_loa_4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_n_008.2021_const._cras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_009.21_execultivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_010_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/44/minuta_lg_mpe_municipal_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/38/projeto_de_lei_001_kleylson_galdino.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/39/projeto_de_lei_legislativo_002.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/40/projeto_003_legislativo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/41/projeto_004_legislativo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/30/projeto_de_lei_n_002.2021_altera_loa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/31/projeto_de_lei_n_003.2021_02_pre_sal.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/32/projeto_004.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/33/projeto_005.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/34/projeto_de_lei_006_novo_fundeb.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/36/projeto_de_lei_n_002.2021_altera_loa_4.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/37/projeto_de_lei_n_008.2021_const._cras.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/42/projeto_de_lei_009.21_execultivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.carrapateira.pb.leg.br/media/sapl/public/materialegislativa/2021/43/projeto_de_lei_010_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="112" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>